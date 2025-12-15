--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -25,51 +25,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Draussenwerber Merkliste Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>DIE DRAUSSENWERBER GmbH // An der Spreeschanze 6 // 13599 Berlin</t>
   </si>
   <si>
     <t>Tel. (030) 33 8 99-50 50 // Fax (030) 33 8 99-50 30</t>
   </si>
   <si>
     <t>www.draussenwerber.de // vertrieb@draussenwerber.de</t>
   </si>
   <si>
-    <t>Anfrage vom 26.10.2025</t>
+    <t>Anfrage vom 15.12.2025</t>
   </si>
   <si>
     <t>Werbeflächen</t>
   </si>
   <si>
     <t>SID</t>
   </si>
   <si>
     <t>WFID</t>
   </si>
   <si>
     <t>Netz</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Beginn</t>
   </si>
   <si>
     <t>Buchungsdauer</t>
   </si>
   <si>
     <t>Menge</t>
   </si>