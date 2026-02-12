--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -25,51 +25,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Draussenwerber Merkliste Export" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>DIE DRAUSSENWERBER GmbH // An der Spreeschanze 6 // 13599 Berlin</t>
   </si>
   <si>
     <t>Tel. (030) 33 8 99-50 50 // Fax (030) 33 8 99-50 30</t>
   </si>
   <si>
     <t>www.draussenwerber.de // vertrieb@draussenwerber.de</t>
   </si>
   <si>
-    <t>Anfrage vom 15.12.2025</t>
+    <t>Anfrage vom 12.02.2026</t>
   </si>
   <si>
     <t>Werbeflächen</t>
   </si>
   <si>
     <t>SID</t>
   </si>
   <si>
     <t>WFID</t>
   </si>
   <si>
     <t>Netz</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Beginn</t>
   </si>
   <si>
     <t>Buchungsdauer</t>
   </si>
   <si>
     <t>Menge</t>
   </si>